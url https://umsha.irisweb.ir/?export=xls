--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Irisweb Journals System</t>
   </si>
   <si>
-    <t>Downloaded from http://umsha.irisweb.ir  at 2:13 +0330 on Monday October 27th 2025 (1404/8/5)</t>
+    <t>Downloaded from http://umsha.irisweb.ir  at 11:59 +0330 on Saturday December 27th 2025 (1404/10/6)</t>
   </si>
   <si>
     <t>ردیف</t>
   </si>
   <si>
     <t>عنوان نشریه</t>
   </si>
   <si>
     <t>صاحب امتیاز</t>
   </si>
   <si>
     <t>ناشر</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>eISSN</t>
   </si>
   <si>
     <t>نشانی پایگاه</t>
   </si>
   <si>
     <t>رتبه</t>
   </si>
@@ -110,50 +110,59 @@
   <si>
     <t>مراقبت پرستاری و مامایی ابن سینا</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2676-5748</t>
   </si>
   <si>
     <t>http://nmj.umsha.ac.ir</t>
   </si>
   <si>
     <t>مهندسی بهداشت حرفه ای</t>
   </si>
   <si>
     <t>2383-336X</t>
   </si>
   <si>
     <t>2383-3378</t>
   </si>
   <si>
     <t>http://johe.umsha.ac.ir</t>
   </si>
   <si>
+    <t>Avicenna Journal of Care and Health in Operating Room</t>
+  </si>
+  <si>
+    <t>2981-0639</t>
+  </si>
+  <si>
+    <t>http://ajchor.umsha.ac.ir</t>
+  </si>
+  <si>
     <t>Avicenna Journal of Clinical Microbiology and Infection</t>
   </si>
   <si>
     <t>2383-0298</t>
   </si>
   <si>
     <t>2383-0301</t>
   </si>
   <si>
     <t>http://ajcmi.umsha.ac.ir</t>
   </si>
   <si>
     <t>Avicenna Journal of Dental Research</t>
   </si>
   <si>
     <t>2423-7582</t>
   </si>
   <si>
     <t>http://ajdr.umsha.ac.ir</t>
   </si>
   <si>
     <t>Avicenna Journal of Environmental Health Engineering</t>
   </si>
   <si>
     <t>2423-4583</t>
@@ -192,59 +201,50 @@
     <t>http://jech.umsha.ac.ir</t>
   </si>
   <si>
     <t>Journal of Research in Health Sciences</t>
   </si>
   <si>
     <t>2228-7795</t>
   </si>
   <si>
     <t>2228-7809</t>
   </si>
   <si>
     <t>http://jrhs.umsha.ac.ir</t>
   </si>
   <si>
     <t>بین رشته ای دین و سلامت ابن سینا</t>
   </si>
   <si>
     <t>2821-1464</t>
   </si>
   <si>
     <t>http://aijrh.umsha.ac.ir</t>
   </si>
   <si>
     <t>علمی-ترویجی</t>
-  </si>
-[...7 lines deleted...]
-    <t>http://ajchor.umsha.ac.ir</t>
   </si>
   <si>
     <t>Avicenna Journal of Pharmaceutical Research</t>
   </si>
   <si>
     <t>2717-1884</t>
   </si>
   <si>
     <t>http://ajpr.umsha.ac.ir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
@@ -639,514 +639,514 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1" rightToLeft="true">
       <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="true" defaultRowHeight="22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="1000" customWidth="true" style="0"/>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1"/>
-[...5 lines deleted...]
-      <c r="H1"/>
+      <c r="B1" s="0"/>
+      <c r="C1" s="0"/>
+      <c r="D1" s="0"/>
+      <c r="E1" s="0"/>
+      <c r="F1" s="0"/>
+      <c r="G1" s="0"/>
+      <c r="H1" s="0"/>
     </row>
     <row r="2" spans="1:26">
-      <c r="A2"/>
-[...6 lines deleted...]
-      <c r="H2"/>
+      <c r="A2" s="0"/>
+      <c r="B2" s="0"/>
+      <c r="C2" s="0"/>
+      <c r="D2" s="0"/>
+      <c r="E2" s="0"/>
+      <c r="F2" s="0"/>
+      <c r="G2" s="0"/>
+      <c r="H2" s="0"/>
     </row>
     <row r="3" spans="1:26">
-      <c r="A3"/>
-[...6 lines deleted...]
-      <c r="H3"/>
+      <c r="A3" s="0"/>
+      <c r="B3" s="0"/>
+      <c r="C3" s="0"/>
+      <c r="D3" s="0"/>
+      <c r="E3" s="0"/>
+      <c r="F3" s="0"/>
+      <c r="G3" s="0"/>
+      <c r="H3" s="0"/>
     </row>
     <row r="4" spans="1:26">
-      <c r="A4"/>
-      <c r="B4"/>
+      <c r="A4" s="0"/>
+      <c r="B4" s="0"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
-      <c r="E4"/>
-[...2 lines deleted...]
-      <c r="H4"/>
+      <c r="E4" s="0"/>
+      <c r="F4" s="0"/>
+      <c r="G4" s="0"/>
+      <c r="H4" s="0"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B5"/>
+      <c r="B5" s="0"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
-      <c r="E5"/>
-      <c r="F5"/>
+      <c r="E5" s="0"/>
+      <c r="F5" s="0"/>
       <c r="G5" s="6"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:26" customHeight="1" ht="22">
-      <c r="A7">
+      <c r="A7" s="0">
         <v>1</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E7" t="s">
+      <c r="E7" s="0" t="s">
         <v>12</v>
       </c>
-      <c r="F7" t="s">
+      <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:26" customHeight="1" ht="22">
-      <c r="A8">
+      <c r="A8" s="0">
         <v>2</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26" customHeight="1" ht="22">
-      <c r="A9">
+      <c r="A9" s="0">
         <v>3</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E9" t="s">
+      <c r="E9" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F9" t="s">
+      <c r="F9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:26" customHeight="1" ht="22">
-      <c r="A10">
+      <c r="A10" s="0">
         <v>4</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B10" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E10" t="s">
+      <c r="E10" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="F10" t="s">
+      <c r="F10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:26" customHeight="1" ht="22">
-      <c r="A11">
+      <c r="A11" s="0">
         <v>5</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E11" t="s">
+      <c r="E11" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="F11" t="s">
+      <c r="F11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:26" customHeight="1" ht="22">
-      <c r="A12">
+      <c r="A12" s="0">
         <v>6</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="G12" s="6" t="s">
+      <c r="H12" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" customHeight="1" ht="22">
+      <c r="A13" s="0">
+        <v>7</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="H12" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="4" t="s">
-[...8 lines deleted...]
-      <c r="F13" t="s">
+      <c r="F13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:26" customHeight="1" ht="22">
-      <c r="A14">
+      <c r="A14" s="0">
         <v>8</v>
       </c>
-      <c r="B14" t="s">
+      <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E14" t="s">
+      <c r="E14" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="F14" t="s">
+      <c r="F14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:26" customHeight="1" ht="22">
-      <c r="A15">
+      <c r="A15" s="0">
         <v>9</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E15" t="s">
+      <c r="E15" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:26" customHeight="1" ht="22">
-      <c r="A16">
+      <c r="A16" s="0">
         <v>10</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E16" t="s">
+      <c r="E16" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="F16" t="s">
+      <c r="F16" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:26" customHeight="1" ht="22">
-      <c r="A17">
-[...2 lines deleted...]
-      <c r="B17" t="s">
+      <c r="A17" s="0">
+        <v>11</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="4" t="s">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="F17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>51</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:26" customHeight="1" ht="22">
-      <c r="A18">
+      <c r="A18" s="0">
         <v>12</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E18" t="s">
+      <c r="E18" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="F18" t="s">
+      <c r="G18" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:26" customHeight="1" ht="22">
-      <c r="A19">
+      <c r="A19" s="0">
         <v>13</v>
       </c>
-      <c r="B19" t="s">
+      <c r="B19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C19" s="4" t="s">
-[...8 lines deleted...]
-      <c r="F19" t="s">
+      <c r="F19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="H19" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" customHeight="1" ht="22">
+      <c r="A20" s="0">
+        <v>14</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>59</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C20" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C20" s="4" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="G20" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" customHeight="1" ht="22">
+      <c r="A21" s="0">
+        <v>15</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="F20" t="s">
-[...25 lines deleted...]
-      <c r="F21" t="s">
+      <c r="F21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H4"/>
     <mergeCell ref="A5:H5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>