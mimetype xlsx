--- v1 (2025-12-27)
+++ v2 (2025-12-31)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Irisweb Journals System</t>
   </si>
   <si>
-    <t>Downloaded from http://umsha.irisweb.ir  at 11:59 +0330 on Saturday December 27th 2025 (1404/10/6)</t>
+    <t>Downloaded from http://umsha.irisweb.ir  at 22:40 +0330 on Wednesday December 31st 2025 (1404/10/10)</t>
   </si>
   <si>
     <t>ردیف</t>
   </si>
   <si>
     <t>عنوان نشریه</t>
   </si>
   <si>
     <t>صاحب امتیاز</t>
   </si>
   <si>
     <t>ناشر</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>eISSN</t>
   </si>
   <si>
     <t>نشانی پایگاه</t>
   </si>
   <si>
     <t>رتبه</t>
   </si>